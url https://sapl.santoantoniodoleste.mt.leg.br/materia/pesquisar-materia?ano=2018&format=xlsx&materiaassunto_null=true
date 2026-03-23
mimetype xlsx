--- v0 (2025-12-22)
+++ v1 (2026-03-23)
@@ -48,263 +48,263 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/77/emenda_motificada_01.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/77/emenda_motificada_01.pdf</t>
   </si>
   <si>
     <t>Altere¬se a disposição do projeto de lei nº 010 de 2018 no artigo e paragrafo.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/78/emenda_47.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/78/emenda_47.pdf</t>
   </si>
   <si>
     <t>Altera¬se disposição do projeto de lei nº 047 de 2018</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/80/1.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/80/1.pdf</t>
   </si>
   <si>
     <t>Indicação 01/2018 autoria Leonardo Sousa Wa Rovedene, ao excelentíssimo senhor prefeito.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Leonardo Sousa Wa Rovedene</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/81/4.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/81/4.pdf</t>
   </si>
   <si>
     <t>Indicação 04/2019 autoria: Leonardo Sousa Wa Rovedene, ao excelentíssimo prefeito para concluir reforma do posto de saúde.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t xml:space="preserve">Giovani </t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/82/5.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/82/5.pdf</t>
   </si>
   <si>
     <t>AMPLIAÇÃO ADEQUAÇÃO E REFORMA DA ESCOLA MUNICIPAL DE EDUCAÇÃO DE EDUCAÇÃO INFANTIL PROFESSOR VANDERLEI CECATTO.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t xml:space="preserve">Kid </t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/83/6.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/83/6.pdf</t>
   </si>
   <si>
     <t>AS URBANIZAÇÃO DAS AVENIDAS DE ACESSO A CIDADE.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/84/7.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/84/7.pdf</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE OBRAS DE ILUMINAÇÃO DAS VIAS PUBLICAS DE NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/85/8.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/85/8.pdf</t>
   </si>
   <si>
     <t>A IMPLANTAÇÃO DE OBRA DE ABERTURA E PAVIMENTAÇÃO DA SEGUNDA PISTA DA AVENIDA FORTALEZA ENTRE A ROTATÓRIA DE ACESSO A AVENIDA GOIAS.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/86/9.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/86/9.pdf</t>
   </si>
   <si>
     <t>A CONCLUSÃO DA OBRA DO PRÉDIO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/87/10.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/87/10.pdf</t>
   </si>
   <si>
     <t>SOLICITANDO QUE SEJA FEITO A AMPLIAÇÃO DO POSTO DE SAÚDE LOCALIZADO NA ALDEIA ÁGUA LIMPA.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Rodrigo da Internet</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/88/11.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/88/11.pdf</t>
   </si>
   <si>
     <t>ARRUMAR OS APARELHOS DE GINÁSTICA DA PRAÇA DO JARDIM BEM VIVER PEÇO FIXAÇÃO COM ARMAÇÃO DE FERRO E CONCRETO NO SOLO.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/89/12.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/89/12.pdf</t>
   </si>
   <si>
     <t>PEÇO QUE SEJA CONCRETADO O FUNDO DAS CAIXAS DE BUEIRO DO CENTRO DA CIDADE PARA QUE NÃO OCORRA ACUMULO DE ÁGUA E PROVOQUE CRIADORES DE MOSQUITO DA DENGUE.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/</t>
   </si>
   <si>
     <t>VISANDO MELHORIAS E A CONSTRUÇÃO DO MURO EM TORNO DO CEMITÉRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Bigode</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/91/14.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/91/14.pdf</t>
   </si>
   <si>
     <t>SOLICITO TRÊS LIXEIRAS GRANDES COLOCAR EM CADA RUA PARA QUE CADA MORADOR COLOCAR O LIXO NO LUGAR CERTO, NO BAIRRO BOA ESPERANÇA PARA MELHOR COLETA DO LIXEIRO.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/92/15.pdf</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/92/15.pdf</t>
   </si>
   <si>
     <t>SOLICITO COLOCAR PLACA DE SINALIZAÇÃO</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_no._001-2018.docx</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_no._001-2018.docx</t>
   </si>
   <si>
     <t>“CONCEDE LICENÇA AO PREFEITO MUNICIPAL _x000D_
   E AUTORIZA O AFASTAMENTO  DO CARGO A PEDIDO, _x000D_
   PARA TRATAR DE INTERESSE PARTICULAR</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_decreto_legislativo_no._001-2018_-_copia.docx</t>
+    <t>http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_decreto_legislativo_no._001-2018_-_copia.docx</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Santo Antonio do Leste, Estado de Mato Grosso, o Vereador EUCLIDES CECATTO-, no uso de suas atribuições que lhes são conferidas por lei, faço saber que a Câmara Municipal aprovou e eu promulgo o seguinte DECRETO LEGISLATIVO:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -611,68 +611,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/77/emenda_motificada_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/78/emenda_47.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/80/1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/81/4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/82/5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/83/6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/84/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/85/8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/86/9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/87/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/88/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/89/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/91/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/92/15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_no._001-2018.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_decreto_legislativo_no._001-2018_-_copia.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/77/emenda_motificada_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/78/emenda_47.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/80/1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/81/4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/82/5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/83/6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/84/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/85/8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/86/9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/87/10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/88/11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/89/12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/91/14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/92/15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/107/decreto_legislativo_no._001-2018.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.santoantoniodoleste.mt.leg.br/media/sapl/public/materialegislativa/2018/108/projeto_de_decreto_legislativo_no._001-2018_-_copia.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="239.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>